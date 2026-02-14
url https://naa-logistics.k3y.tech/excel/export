--- v0 (2025-12-16)
+++ v1 (2026-02-14)
@@ -10,1293 +10,2109 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Schedule Export" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="556" uniqueCount="104">
-[...1 lines deleted...]
-    <t>Monday, (15/12/2025)</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="721" uniqueCount="182">
+  <si>
+    <t>Monday, (09/02/2026)</t>
   </si>
   <si>
     <t>Vehicle &amp; Driver</t>
   </si>
   <si>
     <t>1st Trip</t>
   </si>
   <si>
     <t>2nd Trip</t>
   </si>
   <si>
     <t>3rd Trip</t>
   </si>
   <si>
     <t>Remark</t>
   </si>
   <si>
-    <t>Kuchai
+    <t>BAKAR
+DEN 2023
+3.75 Ton</t>
+  </si>
+  <si>
+    <t>(P) MULTI</t>
+  </si>
+  <si>
+    <t>(P) HUP SOON@</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>KINGDEN (AB)</t>
+  </si>
+  <si>
+    <t>HASIF
+BPA 5044
+8.7 Ton</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) EMERSONS</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) PCA SIGN</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(G) BREEZWAY-@14928 WHITE</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) AFN@</t>
+    </r>
+  </si>
+  <si>
+    <t>ISMAIL
+VBE 7688
+3.75 Ton</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) DAIKIN-DF 2 PALLET</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) YORK</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF0000FF"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) Teknion 1 Pallet</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) SATU NAGA-SYAMPHONY</t>
+    </r>
+  </si>
+  <si>
+    <t>(AB) Teknion 1 Pallet</t>
+  </si>
+  <si>
+    <t>HASIM
+BMR 3526
+10.3 Ton</t>
+  </si>
+  <si>
+    <t>(P) LSL</t>
+  </si>
+  <si>
+    <t>(P) GMK</t>
+  </si>
+  <si>
+    <t>LSL(AB)
+GMK(AB)</t>
+  </si>
+  <si>
+    <t>ASRI
+BLV 4686
+4.85 Ton</t>
+  </si>
+  <si>
+    <t>(P) NAA-NAR</t>
+  </si>
+  <si>
+    <t>ZUL
+WAWAN
+VEA 2019
+10.65 Ton</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) MNPL</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) SANTRUM</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) ALLIED</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) BETON</t>
+    </r>
+  </si>
+  <si>
+    <t>ZAIDI
+BLF 4408
+5.5 Ton</t>
+  </si>
+  <si>
+    <t>(P) DAIKIN 2 RACK</t>
+  </si>
+  <si>
+    <t>(P) OPTIMA 2 RACK@</t>
+  </si>
+  <si>
+    <t>KUCHAI
 MDN 2022
 10.65 Ton</t>
   </si>
   <si>
-    <t>(P) LSL</t>
-[...12 lines deleted...]
-    <t>Hasim
+    <t xml:space="preserve">(I) Puspakom </t>
+  </si>
+  <si>
+    <t>Tuesday, (10/02/2026)</t>
+  </si>
+  <si>
+    <t>(P) BREEZWAY</t>
+  </si>
+  <si>
+    <t>(P) LSL 4 RACK</t>
+  </si>
+  <si>
+    <t>LEON FUAT (AB) 1ST TRIP
+LSL(AB)</t>
+  </si>
+  <si>
+    <t>ZUL
+BLF 4408
+5.5 Ton</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(I) TERUS MAJU</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) OCTAGON</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) MARKLON-KAJANG</t>
+    </r>
+  </si>
+  <si>
+    <t>(P) AAF</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">(P) CHAN CHON FLATSHEET REJECT </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P)  CHAN CHON</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) SKB</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) PNZ</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) SOYET</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P)  CS YAP</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) MARKLON-BKT KEMUNING</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">(P) PAVONA </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) DENPASAR</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) SKYFIELD</t>
+    </r>
+  </si>
+  <si>
+    <t>LANDCHART (AB)</t>
+  </si>
+  <si>
+    <t>WAWAN
+VEA 2019
+10.65 Ton</t>
+  </si>
+  <si>
+    <t>(P) POWER METAL 4 RACK</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">(P) BRITE COAT </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) FILTERALL</t>
+    </r>
+  </si>
+  <si>
+    <t>LEON FUAT (AB) 1ST TRIP</t>
+  </si>
+  <si>
+    <t>(P) NAA &gt; NAR</t>
+  </si>
+  <si>
+    <t>-
 BMR 3526
 10.3 Ton</t>
   </si>
   <si>
-    <r>
-[...7 lines deleted...]
-      <t>(P) Daikin-DF 3 Pallet</t>
+    <t>(Z) Teknion transfer</t>
+  </si>
+  <si>
+    <t>NOTE:
+HASIF - On Leave
+IKHWAN - OL(PM) - On Leave
+HASIM - On Leave</t>
+  </si>
+  <si>
+    <t>Wednesday, (11/02/2026)</t>
+  </si>
+  <si>
+    <t>ZUL
+MDN 2022
+10.65 Ton</t>
+  </si>
+  <si>
+    <t>(P) GMK-2 RACK</t>
+  </si>
+  <si>
+    <t>WAWAN
+BPA 5044
+8.7 Ton</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) PRUDENT AIRE@</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>(P) AAF 2 Rack</t>
-[...26 lines deleted...]
-      <t xml:space="preserve">(P) Merryfair </t>
+      <t>(P) AMBRAX-WEI HUNG</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>(I) Futuristic</t>
-[...3 lines deleted...]
-    <t>Wawan
+      <t>(P) AMAX-WEIHUNG</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) KINGDEN</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF0000FF"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) KINGDEN 1 PALLET</t>
+    </r>
+  </si>
+  <si>
+    <t>VENTROX (AB) SCRAP</t>
+  </si>
+  <si>
+    <t>(P) FANTAS</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) MODU</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) SIM- LATITUDE</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) SIM- HUP CHONG</t>
+    </r>
+  </si>
+  <si>
+    <t>ISMAIL
+BMR 3526
+10.3 Ton</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) ASLI</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) PACIFIC-HS POWDER</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">(P) WB-T&amp;K </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) MATRIX</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) DELUX-28(17342)</t>
+    </r>
+  </si>
+  <si>
+    <t>ZAIDI
+VBE 7688
+3.75 Ton</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) OPTIMA 5 RACK</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) OPTIMA (L) 4 KOTAK</t>
+    </r>
+  </si>
+  <si>
+    <t>KUCHAI
+HASIM
 VEA 2019
 10.65 Ton</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>(P) Marklon-Puchong</t>
+      <t>(P) MNPL</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>(P) Delux-15</t>
-[...11 lines deleted...]
-      <t>(P) Skyfield</t>
+      <t>(P) SANTRUM</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>(P) Impact Metal-FB 1001</t>
-[...6 lines deleted...]
-    <t>Ismail
+      <t>(P) BETON</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(I) ALLIED</t>
+    </r>
+  </si>
+  <si>
+    <t>JOHOR NAA</t>
+  </si>
+  <si>
+    <t>(P) NAA.NAR</t>
+  </si>
+  <si>
+    <t>NOTE:
+IKHWAN - On Leave
+HASIF - On Leave</t>
+  </si>
+  <si>
+    <t>Thursday, (12/02/2026)</t>
+  </si>
+  <si>
+    <t>(P) GMK 4 RACK</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) Magnetic 2 rack@</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) MEGAFOLD</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) C S YAP</t>
+    </r>
+  </si>
+  <si>
+    <t>(G) AAF@</t>
+  </si>
+  <si>
+    <t>VENUS (AB)</t>
+  </si>
+  <si>
+    <t>KUCHAI
+BPA 5044
+8.7 Ton</t>
+  </si>
+  <si>
+    <t>(Z) TEXAS 7 PALLET@</t>
+  </si>
+  <si>
+    <t>(P) OPTIMA-MILLEON</t>
+  </si>
+  <si>
+    <t>MILLEON (AB)</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) FONG LEE-IMPACT METAL</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) 17304 COLLECT FONG LEE SEND TO IMPACT METAL</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) SERAYA33</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) CAMOOR</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) UNIVERSAL</t>
+    </r>
+  </si>
+  <si>
+    <t>(P) AFN 16119A</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) WECONTECH</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) MDS</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) RUSKIN</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) AKSESORI SETIA</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) TWIN METAL</t>
+    </r>
+  </si>
+  <si>
+    <t>NAA PENANG</t>
+  </si>
+  <si>
+    <t>Carrier own collection</t>
+  </si>
+  <si>
+    <t>Friday, (13/02/2026)</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) HWA GUAN@</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) ALCAS</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) AFN</t>
+    </r>
+  </si>
+  <si>
+    <t>(P) KINGDEN 10 PALLET</t>
+  </si>
+  <si>
+    <t>IMPACT METAL (AB)</t>
+  </si>
+  <si>
+    <t>KUCHAI
 VBE 7688
 3.75 Ton</t>
   </si>
   <si>
-    <r>
-[...7 lines deleted...]
-      <t>(P) Efective metal</t>
+    <t>(P) OPTIMA</t>
+  </si>
+  <si>
+    <t>(P) CARRIER 4 PALLET</t>
+  </si>
+  <si>
+    <t>LSL (AB)</t>
+  </si>
+  <si>
+    <t>ISMAIL
+BPA 5044
+8.7 Ton</t>
+  </si>
+  <si>
+    <t>(P) HAO HAN</t>
+  </si>
+  <si>
+    <t>HAOHAN (AB) RT2150=114PCS
+DAIKEI (AB) 2 RACK</t>
+  </si>
+  <si>
+    <t>BAKAR
+BLV 4686
+4.85 Ton</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) BETTER AIRE</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>(P) Terus Maju</t>
-[...6 lines deleted...]
-    <t>Asri
+      <t>(P) NIWOTA</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(Z) FONG LEE-KINGDEN</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(Z) KINGDEN 4 PALLET</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) SEJUTA BERKAT</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) AMAX-WEI HUNG</t>
+    </r>
+  </si>
+  <si>
+    <t>(Z) LSL 2 RACK</t>
+  </si>
+  <si>
+    <t>(P) KINGDEN 1 RACK</t>
+  </si>
+  <si>
+    <t>GENESIS (AB)
+LSL (AB)</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF0000FF"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) TEKNION 1 PALLET</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) FANTAS 2 RACK</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) DAIKIN 4 RACK</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) DAIKIN - DF 2PALLET</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">TEKNION 2 TONG (AB)
+</t>
+  </si>
+  <si>
+    <t>MDN 2022
+10.65 Ton</t>
+  </si>
+  <si>
+    <t>(Z) WORKSHOP HINO</t>
+  </si>
+  <si>
+    <t>Saturday, (14/02/2026)</t>
+  </si>
+  <si>
+    <t>(P) AFN</t>
+  </si>
+  <si>
+    <t>(P) LSL (AB)</t>
+  </si>
+  <si>
+    <t>(P) PCA SIGN</t>
+  </si>
+  <si>
+    <t>(P) 1.00PM</t>
+  </si>
+  <si>
+    <t>(Z) KINGDEN 2 RACK</t>
+  </si>
+  <si>
+    <t>(P) NAA NAR</t>
+  </si>
+  <si>
+    <t>HASIM
 BLV 4686
 4.85 Ton</t>
   </si>
   <si>
-    <t>(P) NAA &gt; NAR</t>
-[...10 lines deleted...]
-    <t>Hasif
+    <t>(Z) LSL (AB)</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF0000FF"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) NAR SCRAP</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) NAA SCRAP</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) VBE 7688</t>
+    </r>
+  </si>
+  <si>
+    <t>(P) MCMEL A170 TRANSFER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">(Z) 1.00pm </t>
+  </si>
+  <si>
+    <t>SANWING LOAD</t>
+  </si>
+  <si>
+    <t>Sunday, (15/02/2026)</t>
+  </si>
+  <si>
+    <t>Monday, (16/02/2026)</t>
+  </si>
+  <si>
+    <t>(P) PUSPAKOM</t>
+  </si>
+  <si>
+    <t>(P) GMK4 RACK</t>
+  </si>
+  <si>
+    <t>GMK (AB)</t>
+  </si>
+  <si>
+    <t>(P) NAA&gt;NAR</t>
+  </si>
+  <si>
+    <t>ZAIDI
 BPA 5044
 8.7 Ton</t>
   </si>
   <si>
-    <t>(P) MCMEL A160 Transfer</t>
-[...22 lines deleted...]
-      <t>(P) LK Furnitech</t>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) OPTIMA</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>(P) Intelligent</t>
+      <t>(P) SKB</t>
+    </r>
+  </si>
+  <si>
+    <t>HASIM
+VBE 7688
+3.75 Ton</t>
+  </si>
+  <si>
+    <t>(P) MAY AIR</t>
+  </si>
+  <si>
+    <t>NOTE:
+IKHWAN - On Leave
+HASIF - On Leave
+ISMAIL - ON LEAVE
+BAKAR - ON LEAVE
+ZUL - ON LEAVE</t>
+  </si>
+  <si>
+    <t>Tuesday, (17/02/2026)</t>
+  </si>
+  <si>
+    <t>Wednesday, (18/02/2026)</t>
+  </si>
+  <si>
+    <t>Thursday, (19/02/2026)</t>
+  </si>
+  <si>
+    <t>(P) -</t>
+  </si>
+  <si>
+    <t>SUNWING LOAD</t>
+  </si>
+  <si>
+    <t>NOTE:
+ZUL - ON LEAVE
+ASRI - ON LEAVE
+BAKAR - ON LEAVE
+ISMAIL - ON LEAVE
+IKHWAN - ON LEAVE
+KUCHAI - ON LEAVE
+WAWAN - ON LEAVE
+ZAIDI - ON LEAVE</t>
+  </si>
+  <si>
+    <t>Friday, (20/02/2026)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">(P) GMK </t>
+  </si>
+  <si>
+    <t>(P) ALCAS</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(Z) PCA</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>(P) Bilton</t>
+      <t>(P) ACE PARTNERS</t>
+    </r>
+  </si>
+  <si>
+    <t>(P) OCTAGON</t>
+  </si>
+  <si>
+    <t>(P) MCMEL</t>
+  </si>
+  <si>
+    <t>NOTE:
+ZUL - ON LEAVE
+BAKAR - ON LEAVE</t>
+  </si>
+  <si>
+    <t>Saturday, (21/02/2026)</t>
+  </si>
+  <si>
+    <t>(P) KINGDEN</t>
+  </si>
+  <si>
+    <t>Sunday, (22/02/2026)</t>
+  </si>
+  <si>
+    <t>Monday, (23/02/2026)</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) PRUDENT AIRE</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
-        <color rgb="FF000000"/>
-[...16 lines deleted...]
-      <t>(P) SKS-Flatsheet</t>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) ARTMATRIX</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) ONE DRAGON-BEAUGATES</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
-        <color rgb="FF000000"/>
-[...27 lines deleted...]
-      <t xml:space="preserve">(P) AFN </t>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) OCTOLUX</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>(P) Hwa Guan</t>
-[...11 lines deleted...]
-      <t>(P) Kingden 1 Rack</t>
+      <t>(P) GREENWINDOWS</t>
+    </r>
+  </si>
+  <si>
+    <t>(P) MATRIX</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(P) MARKLON</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
-        <color rgb="FF0000FF"/>
-[...467 lines deleted...]
-        <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>(P) Ace Partner</t>
-[...210 lines deleted...]
-    <t>Friday, (26/12/2025)</t>
+      <t>(P) SPACE</t>
+    </r>
+  </si>
+  <si>
+    <t>(P) DAIKIN-DF</t>
   </si>
   <si>
     <t>NOTE:
-Zul - On Leave</t>
-[...5 lines deleted...]
-    <t>(P) TEKNION C-41 TRANSFER</t>
+ZAIDI - ON LEAVE</t>
+  </si>
+  <si>
+    <t>Tuesday, (24/02/2026)</t>
+  </si>
+  <si>
+    <t>(G) Carrier 6 pallet</t>
+  </si>
+  <si>
+    <t>KM (AB)</t>
+  </si>
+  <si>
+    <t>(P) HUP SOON</t>
   </si>
   <si>
     <t>NOTE:
-Zul - On Leave
-[...52 lines deleted...]
-    <t>Sunday, (01/02/2026)</t>
+HASIM - On Leave</t>
+  </si>
+  <si>
+    <t>Wednesday, (25/02/2026)</t>
+  </si>
+  <si>
+    <t>Thursday, (26/02/2026)</t>
+  </si>
+  <si>
+    <t>Friday, (27/02/2026)</t>
+  </si>
+  <si>
+    <t>(P) MCMEL A164 TRANSFER</t>
+  </si>
+  <si>
+    <t>Saturday, (28/02/2026)</t>
+  </si>
+  <si>
+    <t>Sunday, (01/03/2026)</t>
+  </si>
+  <si>
+    <t>Monday, (02/03/2026)</t>
+  </si>
+  <si>
+    <t>Tuesday, (03/03/2026)</t>
+  </si>
+  <si>
+    <t>ELITEFLEX (AB)</t>
+  </si>
+  <si>
+    <t>Wednesday, (04/03/2026)</t>
+  </si>
+  <si>
+    <t>Thursday, (05/03/2026)</t>
+  </si>
+  <si>
+    <t>Friday, (06/03/2026)</t>
+  </si>
+  <si>
+    <t>Saturday, (07/03/2026)</t>
+  </si>
+  <si>
+    <t>Sunday, (08/03/2026)</t>
+  </si>
+  <si>
+    <t>Monday, (09/03/2026)</t>
+  </si>
+  <si>
+    <t>(P) MCMEL A167 TRANSFER</t>
+  </si>
+  <si>
+    <t>Tuesday, (10/03/2026)</t>
+  </si>
+  <si>
+    <t>Wednesday, (11/03/2026)</t>
+  </si>
+  <si>
+    <t>Thursday, (12/03/2026)</t>
+  </si>
+  <si>
+    <t>Friday, (13/03/2026)</t>
+  </si>
+  <si>
+    <t>Saturday, (14/03/2026)</t>
+  </si>
+  <si>
+    <t>Sunday, (15/03/2026)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="5">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
-      <color rgb="FFFF0000"/>
+      <color rgb="FF0000FF"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
-      <color rgb="FF0000FF"/>
+      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFCCCC"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
@@ -1316,54 +2132,54 @@
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1620,51 +2436,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:E180"/>
+  <dimension ref="A1:E234"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="5" width="25.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="2" t="s">
@@ -1679,1291 +2495,1311 @@
     </row>
     <row r="3" spans="1:5" ht="60" customHeight="1">
       <c r="A3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="60" customHeight="1">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="C4" s="4" t="s">
+      <c r="C4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="60" customHeight="1">
       <c r="A5" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="B5" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="B5" s="4" t="s">
+      <c r="C5" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="C5" s="3" t="s">
+      <c r="D5" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E5" s="5" t="s">
         <v>17</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="60" customHeight="1">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B6" s="3" t="s">
+      <c r="B6" s="4" t="s">
         <v>19</v>
       </c>
-      <c r="C6" s="3" t="s">
+      <c r="C6" s="4" t="s">
         <v>20</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:5" ht="60" customHeight="1">
       <c r="A7" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B7" s="3" t="s">
+      <c r="B7" s="4" t="s">
         <v>23</v>
       </c>
-      <c r="C7" s="4" t="s">
+      <c r="C7" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D7" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" ht="80" customHeight="1">
+      <c r="A8" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="D7" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A8" s="3" t="s">
+      <c r="B8" s="3" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:5" ht="60" customHeight="1">
       <c r="A9" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B9" s="4" t="s">
         <v>27</v>
       </c>
-      <c r="B9" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C9" s="5" t="s">
+      <c r="C9" s="4" t="s">
         <v>28</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="10" spans="1:5" ht="60" customHeight="1">
+    <row r="10" spans="1:5" ht="30" customHeight="1">
       <c r="A10" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D10" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" ht="60" customHeight="1">
+      <c r="A11" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B10" s="5" t="s">
+      <c r="B11" s="4" t="s">
         <v>30</v>
       </c>
-      <c r="C10" s="4" t="s">
+      <c r="C11" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D11" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5">
+      <c r="A13" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="D10" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A12" s="1" t="s">
+      <c r="B13" s="1"/>
+      <c r="C13" s="1"/>
+      <c r="D13" s="1"/>
+      <c r="E13" s="1"/>
+    </row>
+    <row r="14" spans="1:5">
+      <c r="A14" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B14" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C14" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="E14" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" ht="60" customHeight="1">
+      <c r="A15" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B15" s="4" t="s">
         <v>32</v>
       </c>
-      <c r="B12" s="1"/>
-[...28 lines deleted...]
-      <c r="C14" s="4" t="s">
+      <c r="C15" s="4" t="s">
         <v>33</v>
       </c>
-      <c r="D14" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E14" s="3" t="s">
+      <c r="D15" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E15" s="3" t="s">
         <v>34</v>
-      </c>
-[...15 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="60" customHeight="1">
       <c r="A16" s="3" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>9</v>
+        <v>35</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="C16" s="4" t="s">
+        <v>37</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:5" ht="60" customHeight="1">
       <c r="A17" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C17" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D17" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="E17" s="6" t="s">
-        <v>42</v>
+      <c r="E17" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:5" ht="60" customHeight="1">
       <c r="A18" s="3" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="B18" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B18" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="C18" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="D18" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E18" s="5" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" ht="60" customHeight="1">
+      <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="C18" s="4" t="s">
+      <c r="B19" s="4" t="s">
         <v>44</v>
       </c>
-      <c r="D18" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A19" s="3" t="s">
+      <c r="C19" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="B19" s="3" t="s">
+      <c r="D19" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E19" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="C19" s="3" t="s">
-[...5 lines deleted...]
-      <c r="E19" s="3" t="s">
+    </row>
+    <row r="20" spans="1:5" ht="60" customHeight="1">
+      <c r="A20" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B20" s="4" t="s">
         <v>47</v>
-      </c>
-[...6 lines deleted...]
-        <v>9</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="30" customHeight="1">
       <c r="A21" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="22" spans="1:5" ht="40" customHeight="1">
+    <row r="22" spans="1:5" ht="60" customHeight="1">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="B22" s="5" t="s">
+      <c r="B22" s="4" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>9</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="23" spans="1:5" ht="60" customHeight="1">
-      <c r="A23" s="7" t="s">
+    <row r="23" spans="1:5" ht="80" customHeight="1">
+      <c r="A23" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="B23" s="7"/>
-[...2 lines deleted...]
-      <c r="E23" s="7"/>
+      <c r="B23" s="6"/>
+      <c r="C23" s="6"/>
+      <c r="D23" s="6"/>
+      <c r="E23" s="6"/>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B25" s="1"/>
       <c r="C25" s="1"/>
       <c r="D25" s="1"/>
       <c r="E25" s="1"/>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E26" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:5" ht="60" customHeight="1">
       <c r="A27" s="3" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="B27" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="C27" s="3" t="s">
+      <c r="B27" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C27" s="4" t="s">
         <v>53</v>
       </c>
       <c r="D27" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
     </row>
     <row r="28" spans="1:5" ht="60" customHeight="1">
       <c r="A28" s="3" t="s">
-        <v>18</v>
-[...5 lines deleted...]
-        <v>8</v>
+        <v>54</v>
+      </c>
+      <c r="B28" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="C28" s="3" t="s">
+        <v>56</v>
       </c>
       <c r="D28" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
     </row>
     <row r="29" spans="1:5" ht="60" customHeight="1">
       <c r="A29" s="3" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>6</v>
+      </c>
+      <c r="B29" s="4" t="s">
+        <v>58</v>
       </c>
       <c r="C29" s="3" t="s">
-        <v>9</v>
+        <v>59</v>
       </c>
       <c r="D29" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:5" ht="60" customHeight="1">
       <c r="A30" s="3" t="s">
-        <v>29</v>
+        <v>60</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>56</v>
+        <v>61</v>
+      </c>
+      <c r="C30" s="3" t="s">
+        <v>62</v>
       </c>
       <c r="D30" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="E30" s="5" t="s">
+      <c r="E30" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:5" ht="60" customHeight="1">
       <c r="A31" s="3" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>58</v>
+        <v>64</v>
+      </c>
+      <c r="C31" s="3" t="s">
+        <v>9</v>
       </c>
       <c r="D31" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="32" spans="1:5" ht="60" customHeight="1">
+    <row r="32" spans="1:5" ht="80" customHeight="1">
       <c r="A32" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>65</v>
+      </c>
+      <c r="B32" s="3" t="s">
+        <v>66</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>9</v>
       </c>
       <c r="D32" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:5" ht="30" customHeight="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" ht="60" customHeight="1">
       <c r="A33" s="3" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>22</v>
+      </c>
+      <c r="B33" s="4" t="s">
+        <v>68</v>
       </c>
       <c r="C33" s="3" t="s">
         <v>9</v>
       </c>
       <c r="D33" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:5" ht="60" customHeight="1">
-      <c r="A34" s="3" t="s">
-[...30 lines deleted...]
-      </c>
+      <c r="A34" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="B34" s="6"/>
+      <c r="C34" s="6"/>
+      <c r="D34" s="6"/>
+      <c r="E34" s="6"/>
+    </row>
+    <row r="36" spans="1:5">
+      <c r="A36" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B36" s="1"/>
+      <c r="C36" s="1"/>
+      <c r="D36" s="1"/>
+      <c r="E36" s="1"/>
     </row>
     <row r="37" spans="1:5">
-      <c r="A37" s="1" t="s">
-[...8 lines deleted...]
-      <c r="A38" s="2" t="s">
+      <c r="A37" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B38" s="2" t="s">
+      <c r="B37" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="C38" s="2" t="s">
+      <c r="C37" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="D38" s="2" t="s">
+      <c r="D37" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="E38" s="2" t="s">
+      <c r="E37" s="2" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="39" spans="1:5" ht="30" customHeight="1">
+    <row r="38" spans="1:5" ht="60" customHeight="1">
+      <c r="A38" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B38" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C38" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="D38" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" ht="60" customHeight="1">
       <c r="A39" s="3" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>6</v>
+      </c>
+      <c r="B39" s="3" t="s">
+        <v>72</v>
       </c>
       <c r="C39" s="4" t="s">
-        <v>8</v>
+        <v>73</v>
       </c>
       <c r="D39" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:5" ht="40" customHeight="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" ht="60" customHeight="1">
       <c r="A40" s="3" t="s">
-        <v>9</v>
-[...5 lines deleted...]
-        <v>64</v>
+        <v>75</v>
+      </c>
+      <c r="B40" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="C40" s="4" t="s">
+        <v>77</v>
       </c>
       <c r="D40" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:5" ht="30" customHeight="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" ht="60" customHeight="1">
       <c r="A41" s="3" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>14</v>
+      </c>
+      <c r="B41" s="3" t="s">
+        <v>79</v>
       </c>
       <c r="C41" s="3" t="s">
-        <v>9</v>
+        <v>80</v>
       </c>
       <c r="D41" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="42" spans="1:5" ht="30" customHeight="1">
+    <row r="42" spans="1:5" ht="60" customHeight="1">
       <c r="A42" s="3" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="B42" s="4" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C42" s="3" t="s">
         <v>9</v>
       </c>
       <c r="D42" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="43" spans="1:5" ht="40" customHeight="1">
+    <row r="43" spans="1:5" ht="30" customHeight="1">
       <c r="A43" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>9</v>
+      </c>
+      <c r="C43" s="7" t="s">
+        <v>81</v>
       </c>
       <c r="D43" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="44" spans="1:5" ht="30" customHeight="1">
+    <row r="44" spans="1:5" ht="100" customHeight="1">
       <c r="A44" s="3" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>9</v>
+        <v>82</v>
       </c>
       <c r="C44" s="3" t="s">
         <v>9</v>
       </c>
       <c r="D44" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:5" ht="80" customHeight="1">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" ht="30" customHeight="1">
       <c r="A45" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>68</v>
+        <v>9</v>
       </c>
       <c r="C45" s="3" t="s">
         <v>9</v>
       </c>
       <c r="D45" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>47</v>
-[...3 lines deleted...]
-      <c r="A47" s="1" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" ht="30" customHeight="1">
+      <c r="A46" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B46" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D46" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5" ht="60" customHeight="1">
+      <c r="A47" s="6" t="s">
         <v>69</v>
       </c>
-      <c r="B47" s="1"/>
-[...5 lines deleted...]
-      <c r="A48" s="2" t="s">
+      <c r="B47" s="6"/>
+      <c r="C47" s="6"/>
+      <c r="D47" s="6"/>
+      <c r="E47" s="6"/>
+    </row>
+    <row r="49" spans="1:5">
+      <c r="A49" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="B49" s="1"/>
+      <c r="C49" s="1"/>
+      <c r="D49" s="1"/>
+      <c r="E49" s="1"/>
+    </row>
+    <row r="50" spans="1:5">
+      <c r="A50" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B48" s="2" t="s">
+      <c r="B50" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="C48" s="2" t="s">
+      <c r="C50" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="D48" s="2" t="s">
+      <c r="D50" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="E48" s="2" t="s">
+      <c r="E50" s="2" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="49" spans="1:5" ht="30" customHeight="1">
-[...33 lines deleted...]
-    <row r="51" spans="1:5" ht="80" customHeight="1">
+    <row r="51" spans="1:5" ht="60" customHeight="1">
       <c r="A51" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>86</v>
+      </c>
+      <c r="C51" s="5" t="s">
+        <v>87</v>
       </c>
       <c r="D51" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:5" ht="30" customHeight="1">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5" ht="60" customHeight="1">
       <c r="A52" s="3" t="s">
-        <v>9</v>
-[...5 lines deleted...]
-        <v>9</v>
+        <v>89</v>
+      </c>
+      <c r="B52" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="C52" s="4" t="s">
+        <v>91</v>
       </c>
       <c r="D52" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:5" ht="30" customHeight="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="53" spans="1:5" ht="60" customHeight="1">
       <c r="A53" s="3" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>93</v>
+      </c>
+      <c r="B53" s="4" t="s">
+        <v>94</v>
       </c>
       <c r="C53" s="3" t="s">
         <v>9</v>
       </c>
       <c r="D53" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:5" ht="30" customHeight="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5" ht="60" customHeight="1">
       <c r="A54" s="3" t="s">
-        <v>9</v>
+        <v>96</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>9</v>
+        <v>97</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>9</v>
+        <v>98</v>
       </c>
       <c r="D54" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="55" spans="1:5" ht="60" customHeight="1">
       <c r="A55" s="3" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>71</v>
-[...5 lines deleted...]
-        <v>9</v>
+        <v>99</v>
+      </c>
+      <c r="C55" s="4" t="s">
+        <v>100</v>
+      </c>
+      <c r="D55" s="4" t="s">
+        <v>101</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>72</v>
-[...12 lines deleted...]
-      <c r="A58" s="2" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5" ht="60" customHeight="1">
+      <c r="A56" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B56" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="C56" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="D56" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E56" s="5" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5" ht="40" customHeight="1">
+      <c r="A57" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="B57" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="C57" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D57" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5" ht="60" customHeight="1">
+      <c r="A58" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="B58" s="6"/>
+      <c r="C58" s="6"/>
+      <c r="D58" s="6"/>
+      <c r="E58" s="6"/>
+    </row>
+    <row r="60" spans="1:5">
+      <c r="A60" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="B60" s="1"/>
+      <c r="C60" s="1"/>
+      <c r="D60" s="1"/>
+      <c r="E60" s="1"/>
+    </row>
+    <row r="61" spans="1:5">
+      <c r="A61" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B58" s="2" t="s">
+      <c r="B61" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="C58" s="2" t="s">
+      <c r="C61" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="D58" s="2" t="s">
+      <c r="D61" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="E58" s="2" t="s">
+      <c r="E61" s="2" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="59" spans="1:5">
-[...40 lines deleted...]
-      <c r="A65" s="1" t="s">
+    <row r="62" spans="1:5" ht="60" customHeight="1">
+      <c r="A62" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B62" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="C62" s="4" t="s">
+        <v>110</v>
+      </c>
+      <c r="D62" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="63" spans="1:5" ht="60" customHeight="1">
+      <c r="A63" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="B63" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="C63" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="D63" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="64" spans="1:5" ht="60" customHeight="1">
+      <c r="A64" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B64" s="4" t="s">
+        <v>110</v>
+      </c>
+      <c r="C64" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="D64" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="65" spans="1:5" ht="60" customHeight="1">
+      <c r="A65" s="3" t="s">
         <v>75</v>
       </c>
-      <c r="B65" s="1"/>
-[...18 lines deleted...]
-        <v>5</v>
+      <c r="B65" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="C65" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D65" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="66" spans="1:5" ht="60" customHeight="1">
+      <c r="A66" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="B66" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="C66" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="D66" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>92</v>
       </c>
     </row>
     <row r="67" spans="1:5" ht="30" customHeight="1">
       <c r="A67" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C67" s="3" t="s">
         <v>9</v>
       </c>
       <c r="D67" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="68" spans="1:5" ht="30" customHeight="1">
+    <row r="68" spans="1:5" ht="60" customHeight="1">
       <c r="A68" s="3" t="s">
-        <v>9</v>
-[...5 lines deleted...]
-        <v>9</v>
+        <v>43</v>
+      </c>
+      <c r="B68" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="C68" s="7" t="s">
+        <v>119</v>
       </c>
       <c r="D68" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="69" spans="1:5" ht="30" customHeight="1">
       <c r="A69" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C69" s="3" t="s">
         <v>9</v>
       </c>
       <c r="D69" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="70" spans="1:5" ht="30" customHeight="1">
       <c r="A70" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C70" s="3" t="s">
         <v>9</v>
       </c>
       <c r="D70" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>9</v>
-[...34 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+    </row>
+    <row r="71" spans="1:5" ht="60" customHeight="1">
+      <c r="A71" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="B71" s="6"/>
+      <c r="C71" s="6"/>
+      <c r="D71" s="6"/>
+      <c r="E71" s="6"/>
+    </row>
+    <row r="73" spans="1:5">
+      <c r="A73" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="B73" s="1"/>
+      <c r="C73" s="1"/>
+      <c r="D73" s="1"/>
+      <c r="E73" s="1"/>
     </row>
     <row r="74" spans="1:5">
-      <c r="A74" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E74" s="1"/>
+      <c r="A74" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B74" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C74" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D74" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="E74" s="2" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row r="75" spans="1:5">
-      <c r="A75" s="2" t="s">
-[...20 lines deleted...]
-      <c r="E76" s="3"/>
+      <c r="A75" s="3"/>
+      <c r="B75" s="3"/>
+      <c r="C75" s="3"/>
+      <c r="D75" s="3"/>
+      <c r="E75" s="3"/>
+    </row>
+    <row r="76" spans="1:5" ht="60" customHeight="1">
+      <c r="A76" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="B76" s="6"/>
+      <c r="C76" s="6"/>
+      <c r="D76" s="6"/>
+      <c r="E76" s="6"/>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" s="1" t="s">
-        <v>78</v>
+        <v>122</v>
       </c>
       <c r="B78" s="1"/>
       <c r="C78" s="1"/>
       <c r="D78" s="1"/>
       <c r="E78" s="1"/>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C79" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D79" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E79" s="2" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="80" spans="1:5" ht="30" customHeight="1">
+    <row r="80" spans="1:5" ht="60" customHeight="1">
       <c r="A80" s="3" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>29</v>
+      </c>
+      <c r="B80" s="4" t="s">
+        <v>123</v>
       </c>
       <c r="C80" s="3" t="s">
         <v>9</v>
       </c>
       <c r="D80" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="81" spans="1:5" ht="30" customHeight="1">
+    <row r="81" spans="1:5" ht="60" customHeight="1">
       <c r="A81" s="3" t="s">
-        <v>9</v>
-[...5 lines deleted...]
-        <v>9</v>
+        <v>43</v>
+      </c>
+      <c r="B81" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="C81" s="4" t="s">
+        <v>124</v>
       </c>
       <c r="D81" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:5" ht="30" customHeight="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="82" spans="1:5" ht="60" customHeight="1">
       <c r="A82" s="3" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>22</v>
+      </c>
+      <c r="B82" s="4" t="s">
+        <v>126</v>
       </c>
       <c r="C82" s="3" t="s">
         <v>9</v>
       </c>
       <c r="D82" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="83" spans="1:5" ht="30" customHeight="1">
+    <row r="83" spans="1:5" ht="60" customHeight="1">
       <c r="A83" s="3" t="s">
-        <v>9</v>
+        <v>127</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>9</v>
+        <v>128</v>
       </c>
       <c r="C83" s="3" t="s">
         <v>9</v>
       </c>
       <c r="D83" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="84" spans="1:5" ht="30" customHeight="1">
+    <row r="84" spans="1:5" ht="60" customHeight="1">
       <c r="A84" s="3" t="s">
-        <v>9</v>
-[...5 lines deleted...]
-        <v>9</v>
+        <v>129</v>
+      </c>
+      <c r="B84" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="C84" s="4" t="s">
+        <v>126</v>
       </c>
       <c r="D84" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="85" spans="1:5" ht="60" customHeight="1">
-[...14 lines deleted...]
-      </c>
+    <row r="85" spans="1:5" ht="120" customHeight="1">
+      <c r="A85" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="B85" s="6"/>
+      <c r="C85" s="6"/>
+      <c r="D85" s="6"/>
+      <c r="E85" s="6"/>
     </row>
     <row r="87" spans="1:5">
       <c r="A87" s="1" t="s">
-        <v>80</v>
+        <v>132</v>
       </c>
       <c r="B87" s="1"/>
       <c r="C87" s="1"/>
       <c r="D87" s="1"/>
       <c r="E87" s="1"/>
     </row>
     <row r="88" spans="1:5">
       <c r="A88" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C88" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D88" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E88" s="2" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="89" spans="1:5" ht="30" customHeight="1">
-[...14 lines deleted...]
-      </c>
+    <row r="89" spans="1:5">
+      <c r="A89" s="3"/>
+      <c r="B89" s="3"/>
+      <c r="C89" s="3"/>
+      <c r="D89" s="3"/>
+      <c r="E89" s="3"/>
     </row>
     <row r="91" spans="1:5">
       <c r="A91" s="1" t="s">
-        <v>82</v>
+        <v>133</v>
       </c>
       <c r="B91" s="1"/>
       <c r="C91" s="1"/>
       <c r="D91" s="1"/>
       <c r="E91" s="1"/>
     </row>
     <row r="92" spans="1:5">
       <c r="A92" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C92" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D92" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E92" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="93" spans="1:5">
       <c r="A93" s="3"/>
       <c r="B93" s="3"/>
       <c r="C93" s="3"/>
       <c r="D93" s="3"/>
       <c r="E93" s="3"/>
     </row>
-    <row r="94" spans="1:5" ht="60" customHeight="1">
-[...6 lines deleted...]
-      <c r="E94" s="7"/>
+    <row r="95" spans="1:5">
+      <c r="A95" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="B95" s="1"/>
+      <c r="C95" s="1"/>
+      <c r="D95" s="1"/>
+      <c r="E95" s="1"/>
     </row>
     <row r="96" spans="1:5">
-      <c r="A96" s="1" t="s">
-[...8 lines deleted...]
-      <c r="A97" s="2" t="s">
+      <c r="A96" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B97" s="2" t="s">
+      <c r="B96" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="C97" s="2" t="s">
+      <c r="C96" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="D97" s="2" t="s">
+      <c r="D96" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="E97" s="2" t="s">
+      <c r="E96" s="2" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="98" spans="1:5" ht="30" customHeight="1">
+    <row r="97" spans="1:5" ht="60" customHeight="1">
+      <c r="A97" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B97" s="4" t="s">
+        <v>135</v>
+      </c>
+      <c r="C97" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D97" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E97" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="98" spans="1:5" ht="60" customHeight="1">
       <c r="A98" s="3" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>11</v>
+      </c>
+      <c r="B98" s="4" t="s">
+        <v>135</v>
       </c>
       <c r="C98" s="3" t="s">
         <v>9</v>
       </c>
       <c r="D98" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="99" spans="1:5" ht="30" customHeight="1">
       <c r="A99" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C99" s="3" t="s">
         <v>9</v>
       </c>
       <c r="D99" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E99" s="3" t="s">
@@ -3037,858 +3873,1512 @@
       <c r="E103" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="104" spans="1:5" ht="30" customHeight="1">
       <c r="A104" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C104" s="3" t="s">
         <v>9</v>
       </c>
       <c r="D104" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="105" spans="1:5" ht="30" customHeight="1">
       <c r="A105" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="B105" s="5" t="s">
-        <v>85</v>
+      <c r="B105" s="3" t="s">
+        <v>9</v>
       </c>
       <c r="C105" s="3" t="s">
         <v>9</v>
       </c>
       <c r="D105" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>9</v>
-[...9 lines deleted...]
-      <c r="E106" s="7"/>
+        <v>136</v>
+      </c>
+    </row>
+    <row r="106" spans="1:5" ht="180" customHeight="1">
+      <c r="A106" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="B106" s="6"/>
+      <c r="C106" s="6"/>
+      <c r="D106" s="6"/>
+      <c r="E106" s="6"/>
     </row>
     <row r="108" spans="1:5">
       <c r="A108" s="1" t="s">
-        <v>87</v>
+        <v>138</v>
       </c>
       <c r="B108" s="1"/>
       <c r="C108" s="1"/>
       <c r="D108" s="1"/>
       <c r="E108" s="1"/>
     </row>
     <row r="109" spans="1:5">
       <c r="A109" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C109" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D109" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E109" s="2" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="110" spans="1:5">
-[...70 lines deleted...]
-      <c r="E118" s="3"/>
+    <row r="110" spans="1:5" ht="30" customHeight="1">
+      <c r="A110" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B110" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="C110" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="D110" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="111" spans="1:5" ht="30" customHeight="1">
+      <c r="A111" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B111" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="C111" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="D111" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="112" spans="1:5" ht="30" customHeight="1">
+      <c r="A112" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B112" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="C112" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D112" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E112" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="113" spans="1:5" ht="40" customHeight="1">
+      <c r="A113" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B113" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="C113" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D113" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E113" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="114" spans="1:5" ht="30" customHeight="1">
+      <c r="A114" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B114" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="C114" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="D114" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E114" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="115" spans="1:5" ht="30" customHeight="1">
+      <c r="A115" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B115" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D115" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E115" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="116" spans="1:5" ht="30" customHeight="1">
+      <c r="A116" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B116" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D116" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E116" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="117" spans="1:5" ht="30" customHeight="1">
+      <c r="A117" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B117" s="4" t="s">
+        <v>143</v>
+      </c>
+      <c r="C117" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D117" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E117" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="118" spans="1:5" ht="60" customHeight="1">
+      <c r="A118" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="B118" s="6"/>
+      <c r="C118" s="6"/>
+      <c r="D118" s="6"/>
+      <c r="E118" s="6"/>
     </row>
     <row r="120" spans="1:5">
       <c r="A120" s="1" t="s">
-        <v>90</v>
+        <v>145</v>
       </c>
       <c r="B120" s="1"/>
       <c r="C120" s="1"/>
       <c r="D120" s="1"/>
       <c r="E120" s="1"/>
     </row>
     <row r="121" spans="1:5">
       <c r="A121" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C121" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D121" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E121" s="2" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="122" spans="1:5">
-[...13 lines deleted...]
-      <c r="E124" s="1"/>
+    <row r="122" spans="1:5" ht="30" customHeight="1">
+      <c r="A122" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B122" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C122" s="7" t="s">
+        <v>146</v>
+      </c>
+      <c r="D122" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E122" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="123" spans="1:5" ht="30" customHeight="1">
+      <c r="A123" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B123" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D123" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E123" s="3" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="125" spans="1:5">
-      <c r="A125" s="2" t="s">
+      <c r="A125" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="B125" s="1"/>
+      <c r="C125" s="1"/>
+      <c r="D125" s="1"/>
+      <c r="E125" s="1"/>
+    </row>
+    <row r="126" spans="1:5">
+      <c r="A126" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B125" s="2" t="s">
+      <c r="B126" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="C125" s="2" t="s">
+      <c r="C126" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="D125" s="2" t="s">
+      <c r="D126" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="E125" s="2" t="s">
+      <c r="E126" s="2" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="126" spans="1:5">
-[...13 lines deleted...]
-      <c r="E128" s="1"/>
+    <row r="127" spans="1:5">
+      <c r="A127" s="3"/>
+      <c r="B127" s="3"/>
+      <c r="C127" s="3"/>
+      <c r="D127" s="3"/>
+      <c r="E127" s="3"/>
     </row>
     <row r="129" spans="1:5">
-      <c r="A129" s="2" t="s">
+      <c r="A129" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="B129" s="1"/>
+      <c r="C129" s="1"/>
+      <c r="D129" s="1"/>
+      <c r="E129" s="1"/>
+    </row>
+    <row r="130" spans="1:5">
+      <c r="A130" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B129" s="2" t="s">
+      <c r="B130" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="C129" s="2" t="s">
+      <c r="C130" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="D129" s="2" t="s">
+      <c r="D130" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="E129" s="2" t="s">
+      <c r="E130" s="2" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="130" spans="1:5">
-[...29 lines deleted...]
-        <v>5</v>
+    <row r="131" spans="1:5" ht="30" customHeight="1">
+      <c r="A131" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B131" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C131" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D131" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E131" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="132" spans="1:5" ht="40" customHeight="1">
+      <c r="A132" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B132" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="C132" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="D132" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E132" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="133" spans="1:5" ht="60" customHeight="1">
+      <c r="A133" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B133" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="C133" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D133" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E133" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="134" spans="1:5" ht="30" customHeight="1">
       <c r="A134" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="B134" s="3" t="s">
-        <v>9</v>
+      <c r="B134" s="4" t="s">
+        <v>151</v>
       </c>
       <c r="C134" s="3" t="s">
         <v>9</v>
       </c>
       <c r="D134" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="135" spans="1:5" ht="30" customHeight="1">
+    <row r="135" spans="1:5" ht="40" customHeight="1">
       <c r="A135" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>152</v>
+      </c>
+      <c r="C135" s="4" t="s">
+        <v>58</v>
       </c>
       <c r="D135" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="136" spans="1:5" ht="30" customHeight="1">
       <c r="A136" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="B136" s="3" t="s">
-        <v>9</v>
+      <c r="B136" s="4" t="s">
+        <v>153</v>
       </c>
       <c r="C136" s="3" t="s">
         <v>9</v>
       </c>
       <c r="D136" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="137" spans="1:5" ht="30" customHeight="1">
-[...64 lines deleted...]
-        <v>9</v>
+    <row r="137" spans="1:5" ht="60" customHeight="1">
+      <c r="A137" s="6" t="s">
+        <v>154</v>
+      </c>
+      <c r="B137" s="6"/>
+      <c r="C137" s="6"/>
+      <c r="D137" s="6"/>
+      <c r="E137" s="6"/>
+    </row>
+    <row r="139" spans="1:5">
+      <c r="A139" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="B139" s="1"/>
+      <c r="C139" s="1"/>
+      <c r="D139" s="1"/>
+      <c r="E139" s="1"/>
+    </row>
+    <row r="140" spans="1:5">
+      <c r="A140" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B140" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C140" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D140" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="E140" s="2" t="s">
+        <v>5</v>
       </c>
     </row>
     <row r="141" spans="1:5" ht="30" customHeight="1">
       <c r="A141" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B141" s="4" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>19</v>
+      </c>
+      <c r="C141" s="4" t="s">
+        <v>20</v>
       </c>
       <c r="D141" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="143" spans="1:5">
-[...30 lines deleted...]
-      <c r="E145" s="3"/>
+    <row r="142" spans="1:5" ht="30" customHeight="1">
+      <c r="A142" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B142" s="4" t="s">
+        <v>156</v>
+      </c>
+      <c r="C142" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D142" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E142" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="143" spans="1:5" ht="30" customHeight="1">
+      <c r="A143" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B143" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="C143" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D143" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E143" s="3" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="144" spans="1:5" ht="30" customHeight="1">
+      <c r="A144" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B144" s="4" t="s">
+        <v>158</v>
+      </c>
+      <c r="C144" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="D144" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E144" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="145" spans="1:5" ht="60" customHeight="1">
+      <c r="A145" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="B145" s="6"/>
+      <c r="C145" s="6"/>
+      <c r="D145" s="6"/>
+      <c r="E145" s="6"/>
     </row>
     <row r="147" spans="1:5">
       <c r="A147" s="1" t="s">
-        <v>96</v>
+        <v>160</v>
       </c>
       <c r="B147" s="1"/>
       <c r="C147" s="1"/>
       <c r="D147" s="1"/>
       <c r="E147" s="1"/>
     </row>
     <row r="148" spans="1:5">
       <c r="A148" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C148" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D148" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E148" s="2" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="149" spans="1:5">
-[...13 lines deleted...]
-      <c r="E151" s="1"/>
+    <row r="149" spans="1:5" ht="30" customHeight="1">
+      <c r="A149" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B149" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C149" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D149" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E149" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="150" spans="1:5" ht="30" customHeight="1">
+      <c r="A150" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B150" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="C150" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D150" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E150" s="3" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="152" spans="1:5">
-      <c r="A152" s="2" t="s">
+      <c r="A152" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="B152" s="1"/>
+      <c r="C152" s="1"/>
+      <c r="D152" s="1"/>
+      <c r="E152" s="1"/>
+    </row>
+    <row r="153" spans="1:5">
+      <c r="A153" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B152" s="2" t="s">
+      <c r="B153" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="C152" s="2" t="s">
+      <c r="C153" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="D152" s="2" t="s">
+      <c r="D153" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="E152" s="2" t="s">
+      <c r="E153" s="2" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="153" spans="1:5">
-[...13 lines deleted...]
-      <c r="E155" s="1"/>
+    <row r="154" spans="1:5">
+      <c r="A154" s="3"/>
+      <c r="B154" s="3"/>
+      <c r="C154" s="3"/>
+      <c r="D154" s="3"/>
+      <c r="E154" s="3"/>
     </row>
     <row r="156" spans="1:5">
-      <c r="A156" s="2" t="s">
+      <c r="A156" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="B156" s="1"/>
+      <c r="C156" s="1"/>
+      <c r="D156" s="1"/>
+      <c r="E156" s="1"/>
+    </row>
+    <row r="157" spans="1:5">
+      <c r="A157" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B156" s="2" t="s">
+      <c r="B157" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="C156" s="2" t="s">
+      <c r="C157" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="D156" s="2" t="s">
+      <c r="D157" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="E156" s="2" t="s">
+      <c r="E157" s="2" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="157" spans="1:5">
-[...16 lines deleted...]
-      <c r="A160" s="2" t="s">
+    <row r="158" spans="1:5" ht="30" customHeight="1">
+      <c r="A158" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B158" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D158" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E158" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="159" spans="1:5" ht="30" customHeight="1">
+      <c r="A159" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B159" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D159" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E159" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="160" spans="1:5" ht="30" customHeight="1">
+      <c r="A160" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B160" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C160" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D160" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E160" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="161" spans="1:5" ht="30" customHeight="1">
+      <c r="A161" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B161" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C161" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D161" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E161" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="162" spans="1:5" ht="30" customHeight="1">
+      <c r="A162" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B162" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D162" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E162" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="163" spans="1:5" ht="30" customHeight="1">
+      <c r="A163" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B163" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C163" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D163" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E163" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="164" spans="1:5" ht="30" customHeight="1">
+      <c r="A164" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B164" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C164" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="D164" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E164" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="166" spans="1:5">
+      <c r="A166" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="B166" s="1"/>
+      <c r="C166" s="1"/>
+      <c r="D166" s="1"/>
+      <c r="E166" s="1"/>
+    </row>
+    <row r="167" spans="1:5">
+      <c r="A167" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B160" s="2" t="s">
+      <c r="B167" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="C160" s="2" t="s">
+      <c r="C167" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="D160" s="2" t="s">
+      <c r="D167" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="E160" s="2" t="s">
+      <c r="E167" s="2" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="161" spans="1:5">
-[...16 lines deleted...]
-      <c r="A164" s="2" t="s">
+    <row r="168" spans="1:5">
+      <c r="A168" s="3"/>
+      <c r="B168" s="3"/>
+      <c r="C168" s="3"/>
+      <c r="D168" s="3"/>
+      <c r="E168" s="3"/>
+    </row>
+    <row r="170" spans="1:5">
+      <c r="A170" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="B170" s="1"/>
+      <c r="C170" s="1"/>
+      <c r="D170" s="1"/>
+      <c r="E170" s="1"/>
+    </row>
+    <row r="171" spans="1:5">
+      <c r="A171" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B164" s="2" t="s">
+      <c r="B171" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="C164" s="2" t="s">
+      <c r="C171" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="D164" s="2" t="s">
+      <c r="D171" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="E164" s="2" t="s">
+      <c r="E171" s="2" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="165" spans="1:5" ht="30" customHeight="1">
-[...133 lines deleted...]
-      </c>
+    <row r="172" spans="1:5">
+      <c r="A172" s="3"/>
+      <c r="B172" s="3"/>
+      <c r="C172" s="3"/>
+      <c r="D172" s="3"/>
+      <c r="E172" s="3"/>
     </row>
     <row r="174" spans="1:5">
       <c r="A174" s="1" t="s">
-        <v>102</v>
+        <v>166</v>
       </c>
       <c r="B174" s="1"/>
       <c r="C174" s="1"/>
       <c r="D174" s="1"/>
       <c r="E174" s="1"/>
     </row>
     <row r="175" spans="1:5">
       <c r="A175" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B175" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C175" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D175" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E175" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="176" spans="1:5">
       <c r="A176" s="3"/>
       <c r="B176" s="3"/>
       <c r="C176" s="3"/>
       <c r="D176" s="3"/>
       <c r="E176" s="3"/>
     </row>
     <row r="178" spans="1:5">
       <c r="A178" s="1" t="s">
-        <v>103</v>
+        <v>167</v>
       </c>
       <c r="B178" s="1"/>
       <c r="C178" s="1"/>
       <c r="D178" s="1"/>
       <c r="E178" s="1"/>
     </row>
     <row r="179" spans="1:5">
       <c r="A179" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B179" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C179" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D179" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E179" s="2" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="180" spans="1:5">
-[...4 lines deleted...]
-      <c r="E180" s="3"/>
+    <row r="180" spans="1:5" ht="30" customHeight="1">
+      <c r="A180" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B180" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C180" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D180" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E180" s="3" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="182" spans="1:5">
+      <c r="A182" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="B182" s="1"/>
+      <c r="C182" s="1"/>
+      <c r="D182" s="1"/>
+      <c r="E182" s="1"/>
+    </row>
+    <row r="183" spans="1:5">
+      <c r="A183" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B183" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C183" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D183" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="E183" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="184" spans="1:5">
+      <c r="A184" s="3"/>
+      <c r="B184" s="3"/>
+      <c r="C184" s="3"/>
+      <c r="D184" s="3"/>
+      <c r="E184" s="3"/>
+    </row>
+    <row r="186" spans="1:5">
+      <c r="A186" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="B186" s="1"/>
+      <c r="C186" s="1"/>
+      <c r="D186" s="1"/>
+      <c r="E186" s="1"/>
+    </row>
+    <row r="187" spans="1:5">
+      <c r="A187" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B187" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C187" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D187" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="E187" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="188" spans="1:5">
+      <c r="A188" s="3"/>
+      <c r="B188" s="3"/>
+      <c r="C188" s="3"/>
+      <c r="D188" s="3"/>
+      <c r="E188" s="3"/>
+    </row>
+    <row r="190" spans="1:5">
+      <c r="A190" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="B190" s="1"/>
+      <c r="C190" s="1"/>
+      <c r="D190" s="1"/>
+      <c r="E190" s="1"/>
+    </row>
+    <row r="191" spans="1:5">
+      <c r="A191" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B191" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C191" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D191" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="E191" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="192" spans="1:5">
+      <c r="A192" s="3"/>
+      <c r="B192" s="3"/>
+      <c r="C192" s="3"/>
+      <c r="D192" s="3"/>
+      <c r="E192" s="3"/>
+    </row>
+    <row r="194" spans="1:5">
+      <c r="A194" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="B194" s="1"/>
+      <c r="C194" s="1"/>
+      <c r="D194" s="1"/>
+      <c r="E194" s="1"/>
+    </row>
+    <row r="195" spans="1:5">
+      <c r="A195" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B195" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C195" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D195" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="E195" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="196" spans="1:5">
+      <c r="A196" s="3"/>
+      <c r="B196" s="3"/>
+      <c r="C196" s="3"/>
+      <c r="D196" s="3"/>
+      <c r="E196" s="3"/>
+    </row>
+    <row r="198" spans="1:5">
+      <c r="A198" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="B198" s="1"/>
+      <c r="C198" s="1"/>
+      <c r="D198" s="1"/>
+      <c r="E198" s="1"/>
+    </row>
+    <row r="199" spans="1:5">
+      <c r="A199" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B199" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C199" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D199" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="E199" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="200" spans="1:5">
+      <c r="A200" s="3"/>
+      <c r="B200" s="3"/>
+      <c r="C200" s="3"/>
+      <c r="D200" s="3"/>
+      <c r="E200" s="3"/>
+    </row>
+    <row r="202" spans="1:5">
+      <c r="A202" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="B202" s="1"/>
+      <c r="C202" s="1"/>
+      <c r="D202" s="1"/>
+      <c r="E202" s="1"/>
+    </row>
+    <row r="203" spans="1:5">
+      <c r="A203" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B203" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C203" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D203" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="E203" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="204" spans="1:5" ht="30" customHeight="1">
+      <c r="A204" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B204" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C204" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D204" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E204" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="205" spans="1:5" ht="30" customHeight="1">
+      <c r="A205" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B205" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D205" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E205" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="206" spans="1:5" ht="30" customHeight="1">
+      <c r="A206" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B206" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C206" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D206" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E206" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="207" spans="1:5" ht="30" customHeight="1">
+      <c r="A207" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B207" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C207" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D207" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E207" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="208" spans="1:5" ht="30" customHeight="1">
+      <c r="A208" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B208" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C208" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D208" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E208" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="209" spans="1:5" ht="30" customHeight="1">
+      <c r="A209" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B209" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C209" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D209" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E209" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="210" spans="1:5" ht="30" customHeight="1">
+      <c r="A210" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B210" s="4" t="s">
+        <v>175</v>
+      </c>
+      <c r="C210" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D210" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E210" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="212" spans="1:5">
+      <c r="A212" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="B212" s="1"/>
+      <c r="C212" s="1"/>
+      <c r="D212" s="1"/>
+      <c r="E212" s="1"/>
+    </row>
+    <row r="213" spans="1:5">
+      <c r="A213" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B213" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C213" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D213" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="E213" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="214" spans="1:5">
+      <c r="A214" s="3"/>
+      <c r="B214" s="3"/>
+      <c r="C214" s="3"/>
+      <c r="D214" s="3"/>
+      <c r="E214" s="3"/>
+    </row>
+    <row r="216" spans="1:5">
+      <c r="A216" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="B216" s="1"/>
+      <c r="C216" s="1"/>
+      <c r="D216" s="1"/>
+      <c r="E216" s="1"/>
+    </row>
+    <row r="217" spans="1:5">
+      <c r="A217" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B217" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C217" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D217" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="E217" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="218" spans="1:5">
+      <c r="A218" s="3"/>
+      <c r="B218" s="3"/>
+      <c r="C218" s="3"/>
+      <c r="D218" s="3"/>
+      <c r="E218" s="3"/>
+    </row>
+    <row r="220" spans="1:5">
+      <c r="A220" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="B220" s="1"/>
+      <c r="C220" s="1"/>
+      <c r="D220" s="1"/>
+      <c r="E220" s="1"/>
+    </row>
+    <row r="221" spans="1:5">
+      <c r="A221" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B221" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C221" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D221" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="E221" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="222" spans="1:5">
+      <c r="A222" s="3"/>
+      <c r="B222" s="3"/>
+      <c r="C222" s="3"/>
+      <c r="D222" s="3"/>
+      <c r="E222" s="3"/>
+    </row>
+    <row r="224" spans="1:5">
+      <c r="A224" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="B224" s="1"/>
+      <c r="C224" s="1"/>
+      <c r="D224" s="1"/>
+      <c r="E224" s="1"/>
+    </row>
+    <row r="225" spans="1:5">
+      <c r="A225" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B225" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C225" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D225" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="E225" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="226" spans="1:5">
+      <c r="A226" s="3"/>
+      <c r="B226" s="3"/>
+      <c r="C226" s="3"/>
+      <c r="D226" s="3"/>
+      <c r="E226" s="3"/>
+    </row>
+    <row r="228" spans="1:5">
+      <c r="A228" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="B228" s="1"/>
+      <c r="C228" s="1"/>
+      <c r="D228" s="1"/>
+      <c r="E228" s="1"/>
+    </row>
+    <row r="229" spans="1:5">
+      <c r="A229" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B229" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C229" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D229" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="E229" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="230" spans="1:5">
+      <c r="A230" s="3"/>
+      <c r="B230" s="3"/>
+      <c r="C230" s="3"/>
+      <c r="D230" s="3"/>
+      <c r="E230" s="3"/>
+    </row>
+    <row r="232" spans="1:5">
+      <c r="A232" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="B232" s="1"/>
+      <c r="C232" s="1"/>
+      <c r="D232" s="1"/>
+      <c r="E232" s="1"/>
+    </row>
+    <row r="233" spans="1:5">
+      <c r="A233" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B233" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C233" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D233" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="E233" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="234" spans="1:5">
+      <c r="A234" s="3"/>
+      <c r="B234" s="3"/>
+      <c r="C234" s="3"/>
+      <c r="D234" s="3"/>
+      <c r="E234" s="3"/>
     </row>
   </sheetData>
-  <mergeCells count="31">
+  <mergeCells count="46">
     <mergeCell ref="A1:E1"/>
-    <mergeCell ref="A12:E12"/>
+    <mergeCell ref="A13:E13"/>
     <mergeCell ref="A23:E23"/>
     <mergeCell ref="A25:E25"/>
-    <mergeCell ref="A37:E37"/>
+    <mergeCell ref="A34:E34"/>
+    <mergeCell ref="A36:E36"/>
     <mergeCell ref="A47:E47"/>
-    <mergeCell ref="A57:E57"/>
-[...2 lines deleted...]
-    <mergeCell ref="A74:E74"/>
+    <mergeCell ref="A49:E49"/>
+    <mergeCell ref="A58:E58"/>
+    <mergeCell ref="A60:E60"/>
+    <mergeCell ref="A71:E71"/>
+    <mergeCell ref="A73:E73"/>
+    <mergeCell ref="A76:E76"/>
     <mergeCell ref="A78:E78"/>
+    <mergeCell ref="A85:E85"/>
     <mergeCell ref="A87:E87"/>
     <mergeCell ref="A91:E91"/>
-    <mergeCell ref="A94:E94"/>
-    <mergeCell ref="A96:E96"/>
+    <mergeCell ref="A95:E95"/>
     <mergeCell ref="A106:E106"/>
     <mergeCell ref="A108:E108"/>
-    <mergeCell ref="A112:E112"/>
-    <mergeCell ref="A116:E116"/>
+    <mergeCell ref="A118:E118"/>
     <mergeCell ref="A120:E120"/>
-    <mergeCell ref="A124:E124"/>
-[...2 lines deleted...]
-    <mergeCell ref="A143:E143"/>
+    <mergeCell ref="A125:E125"/>
+    <mergeCell ref="A129:E129"/>
+    <mergeCell ref="A137:E137"/>
+    <mergeCell ref="A139:E139"/>
+    <mergeCell ref="A145:E145"/>
     <mergeCell ref="A147:E147"/>
-    <mergeCell ref="A151:E151"/>
-[...2 lines deleted...]
-    <mergeCell ref="A163:E163"/>
+    <mergeCell ref="A152:E152"/>
+    <mergeCell ref="A156:E156"/>
+    <mergeCell ref="A166:E166"/>
+    <mergeCell ref="A170:E170"/>
     <mergeCell ref="A174:E174"/>
     <mergeCell ref="A178:E178"/>
+    <mergeCell ref="A182:E182"/>
+    <mergeCell ref="A186:E186"/>
+    <mergeCell ref="A190:E190"/>
+    <mergeCell ref="A194:E194"/>
+    <mergeCell ref="A198:E198"/>
+    <mergeCell ref="A202:E202"/>
+    <mergeCell ref="A212:E212"/>
+    <mergeCell ref="A216:E216"/>
+    <mergeCell ref="A220:E220"/>
+    <mergeCell ref="A224:E224"/>
+    <mergeCell ref="A228:E228"/>
+    <mergeCell ref="A232:E232"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Schedule Export</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>